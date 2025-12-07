--- v0 (2025-10-09)
+++ v1 (2025-12-07)
@@ -701,51 +701,51 @@
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Примечания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цены рассчитаны на 26 декабря 2024 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 10.10.2025. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Заезд возможен 08.12.2025. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Махачкала 4/3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 4 дня/3 ночи</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -774,51 +774,51 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">TRPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Петровскъ, 2*, Махачкала, СПО, Стандарт, Без питания, 09.10-24.12</w:t>
+              <w:t xml:space="preserve">Петровскъ, 2*, Махачкала, СПО, Стандарт, Без питания, 07.12-24.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">17681руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">25843руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -864,51 +864,51 @@
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Спорт, 3*, Махачкала, Стандарт, Только завтраки, 09.10-24.12</w:t>
+              <w:t xml:space="preserve">Спорт, 3*, Махачкала, Стандарт, Только завтраки, 07.12-24.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">18907руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">28298руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -954,51 +954,51 @@
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Турист, 3*, Махачкала, Стандарт, Только завтраки, 09.10-13.12</w:t>
+              <w:t xml:space="preserve">Турист, 3*, Махачкала, Стандарт, Только завтраки, 07.12-13.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">21053руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">30802руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">19622руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1044,51 +1044,51 @@
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Шаляпин, 3*, Махачкала, Стандарт, Без питания, 09.10-24.12</w:t>
+              <w:t xml:space="preserve">Шаляпин, 3*, Махачкала, Стандарт, Без питания, 07.12-24.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">16844руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">24172руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1134,51 +1134,51 @@
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Атлас Холл, 4*, Махачкала, Стандарт с видом на город, Только завтраки, 09.10-24.12</w:t>
+              <w:t xml:space="preserve">Атлас Холл, 4*, Махачкала, Стандарт с видом на город, Только завтраки, 07.12-24.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">27522руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">41989руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1224,51 +1224,51 @@
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Шато, 3*, Махачкала, Стандарт, Только завтраки, 09.10-24.12</w:t>
+              <w:t xml:space="preserve">Шато, 3*, Махачкала, Стандарт, Только завтраки, 07.12-24.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">22648руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">27499руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1314,1941 +1314,1401 @@
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Крепость, 2*, Махачкала, Стандарт, Только завтраки, 09.10-31.10</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Метрополь, 3*, Махачкала, 1 категория стандарт, Только завтраки, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24633руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">37102руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">22922руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">1903руб.</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3643руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6416руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3081руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Метрополь, 3*, Махачкала, 1 категория стандарт, Только завтраки, 09.10-24.12</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">22922руб.</w:t>
+              <w:t xml:space="preserve">Атлантис Марина, 4*, Махачкала, Комфорт, Без питания, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26786руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">44056руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3643руб.</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">3081руб.</w:t>
+              <w:t xml:space="preserve">4350руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8700руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Атлантис Марина, 4*, Махачкала, Комфорт, Без питания, 09.10-24.12</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">44056руб.</w:t>
+              <w:t xml:space="preserve">Апарт М Отель, 2*, Махачкала, Делюкс, Без питания, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">21801руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">34087руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4350руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">8700руб.</w:t>
+              <w:t xml:space="preserve">2713руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5426руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Апарт М Отель, 2*, Махачкала, Делюкс, Без питания, 09.10-24.12</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">34087руб.</w:t>
+              <w:t xml:space="preserve">Апарт Ру, 3*, Махачкала, номер с видом на море, Без питания, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28441руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">47367руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2713руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">5426руб.</w:t>
+              <w:t xml:space="preserve">4894руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9788руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Аль Фирай, 5*, Махачкала, Комфорт, Только завтраки, 09.10-14.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">45799руб.</w:t>
+              <w:t xml:space="preserve">Тархо, 3*, Махачкала, Стандарт, Только завтраки, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">21819руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">34121руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4636руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">9273руб.</w:t>
+              <w:t xml:space="preserve">2719руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5438руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Апарт Ру, 3*, Махачкала, номер с видом на море, Без питания, 09.10-24.12</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">47367руб.</w:t>
+              <w:t xml:space="preserve">Изумруд, 3*, Махачкала, с 1 кроватью или с 2 раздельными кроватями, Без питания, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19335руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25843руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4894руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">9788руб.</w:t>
+              <w:t xml:space="preserve">1903руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">2719руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Тархо, 3*, Махачкала, Стандарт, Только завтраки, 09.10-24.12</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">34121руб.</w:t>
+              <w:t xml:space="preserve">Каспий, 2*, Махачкала, Бюджетный, Только завтраки, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19388руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">27049руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2719руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">5438руб.</w:t>
+              <w:t xml:space="preserve">1921руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3115руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Изумруд, 3*, Махачкала, с 1 кроватью или с 2 раздельными кроватями, Без питания, 09.10-24.12</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">25843руб.</w:t>
+              <w:t xml:space="preserve">Белый Медведь, 4*, Махачкала, Стандарт с видом на море, Только завтраки, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20974руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30308руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">1903руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">2719руб.</w:t>
+              <w:t xml:space="preserve">2441руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4185руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Каспий, 2*, Махачкала, Бюджетный, Только завтраки, 09.10-24.12</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">27049руб.</w:t>
+              <w:t xml:space="preserve">Абу Даги, 3*, Махачкала, Стандарт, Только завтраки, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19801руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30087руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">1921руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">3115руб.</w:t>
+              <w:t xml:space="preserve">2056руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4113руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Белый Медведь, 4*, Махачкала, Стандарт с видом на море, Только завтраки, 09.10-24.12</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Гостиный Дом, 2*, Махачкала, Стандарт, Без питания, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20163руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24187руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">17955руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2441руб.</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">2175руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">2175руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">1450руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Абу Даги, 3*, Махачкала, Стандарт, Только завтраки, 09.10-24.12</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">30087руб.</w:t>
+              <w:t xml:space="preserve">Ревивал, 2*, Махачкала, Двухместный, Без питания, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20991руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32466руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2056руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">4113руб.</w:t>
+              <w:t xml:space="preserve">2447руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4894руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Гостиный Дом, 2*, Махачкала, Стандарт, Без питания, 09.10-24.12</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">17955руб.</w:t>
+              <w:t xml:space="preserve">Монто, 4*, Махачкала, Стандарт, Только завтраки, 07.12-17.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23345руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">33672руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2175руб.</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">1450руб.</w:t>
+              <w:t xml:space="preserve">3220руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5290руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Ревивал, 2*, Махачкала, Двухместный, Без питания, 09.10-24.12</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">32466руб.</w:t>
+              <w:t xml:space="preserve">Жак, 4*, Махачкала, Стандарт, Только завтраки, 07.12-15.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26672руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">40326руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2447руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">4894руб.</w:t>
+              <w:t xml:space="preserve">4313руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7475руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Монто, 4*, Махачкала, Стандарт, Только завтраки, 09.10-17.12</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">33672руб.</w:t>
+              <w:t xml:space="preserve">Крепость, 2*, Махачкала, Стандарт, Только завтраки, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18507руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">27499руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3220руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">5290руб.</w:t>
+              <w:t xml:space="preserve">1631руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3263руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Джами, 4*, Махачкала, Стандарт, Только завтраки, 09.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">35777руб.</w:t>
+              <w:t xml:space="preserve">Джами, 4*, Махачкала, Стандарт, Только завтраки, 07.12-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20163руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30810руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3263руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">5981руб.</w:t>
+              <w:t xml:space="preserve">2175руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4350руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Жак, 4*, Махачкала, Стандарт, Только завтраки, 09.10-15.12</w:t>
-[...539 lines deleted...]
-              <w:t xml:space="preserve">Аль Фирай, 5*, Махачкала, Комфорт, Только завтраки, 01.12-16.12</w:t>
+              <w:t xml:space="preserve">Аль Фирай, 5*, Махачкала, Комфорт, Только завтраки, 07.12-16.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">27657руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">45799руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>