--- v1 (2025-12-07)
+++ v2 (2026-02-02)
@@ -701,2264 +701,53 @@
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Примечания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цены рассчитаны на 26 декабря 2024 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 08.12.2025. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Приносим свои извинения, но для определения точной стоимости данного тура Вам необходимо обратиться к менеджеру по телефону (812)600-75-79.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...2209 lines deleted...]
-    </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>